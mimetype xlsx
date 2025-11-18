--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -32,51 +32,51 @@
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>ООО «Михневская керамика»</t>
   </si>
   <si>
     <t>142840, Российская Федерация, , г. Москва, Московская обл. г. Ступино раб. пос. Михнево ул.Донбасская 95</t>
   </si>
   <si>
     <t>ooomik.ru</t>
   </si>
   <si>
     <t>info@ooomik.ru</t>
   </si>
   <si>
     <t>тел.: +7 (495) 545-58-38</t>
   </si>
   <si>
-    <t>Прайс-лист сформирован 03.10.2025</t>
+    <t>Прайс-лист сформирован 18.11.2025</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена за 1 шт.</t>
   </si>
   <si>
     <t>Камень керамический щелевой</t>
   </si>
   <si>
     <t>Камень керамический щелевой двойной рифлёный М100</t>
   </si>
   <si>
     <t>Камень керамический щелевой двойной рифлёный М125</t>
   </si>
@@ -1639,51 +1639,51 @@
     <hyperlink ref="D22" r:id="rId_hyperlink_22" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_23"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_24" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_25"/>
     <hyperlink ref="D24" r:id="rId_hyperlink_26" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_27"/>
     <hyperlink ref="D25" r:id="rId_hyperlink_28" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_29"/>
     <hyperlink ref="D27" r:id="rId_hyperlink_30" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_31"/>
     <hyperlink ref="D28" r:id="rId_hyperlink_32" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_33"/>
     <hyperlink ref="D29" r:id="rId_hyperlink_34" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_35"/>
     <hyperlink ref="D30" r:id="rId_hyperlink_36" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_37"/>
     <hyperlink ref="D31" r:id="rId_hyperlink_38" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_39"/>
     <hyperlink ref="D32" r:id="rId_hyperlink_40" tooltip="Перейти на страницу товара"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
-    <oddFooter>&amp;L&amp;BПрайс-лист сформирован 03.10.2025&amp;RСтраница &amp;P из .&amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;BПрайс-лист сформирован 18.11.2025&amp;RСтраница &amp;P из .&amp;N</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>