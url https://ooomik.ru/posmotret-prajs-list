--- v1 (2025-11-18)
+++ v2 (2026-01-02)
@@ -32,51 +32,51 @@
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>ООО «Михневская керамика»</t>
   </si>
   <si>
     <t>142840, Российская Федерация, , г. Москва, Московская обл. г. Ступино раб. пос. Михнево ул.Донбасская 95</t>
   </si>
   <si>
     <t>ooomik.ru</t>
   </si>
   <si>
     <t>info@ooomik.ru</t>
   </si>
   <si>
     <t>тел.: +7 (495) 545-58-38</t>
   </si>
   <si>
-    <t>Прайс-лист сформирован 18.11.2025</t>
+    <t>Прайс-лист сформирован 02.01.2026</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена за 1 шт.</t>
   </si>
   <si>
     <t>Камень керамический щелевой</t>
   </si>
   <si>
     <t>Камень керамический щелевой двойной рифлёный М100</t>
   </si>
   <si>
     <t>Камень керамический щелевой двойной рифлёный М125</t>
   </si>
@@ -1639,51 +1639,51 @@
     <hyperlink ref="D22" r:id="rId_hyperlink_22" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_23"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_24" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_25"/>
     <hyperlink ref="D24" r:id="rId_hyperlink_26" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_27"/>
     <hyperlink ref="D25" r:id="rId_hyperlink_28" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_29"/>
     <hyperlink ref="D27" r:id="rId_hyperlink_30" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_31"/>
     <hyperlink ref="D28" r:id="rId_hyperlink_32" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_33"/>
     <hyperlink ref="D29" r:id="rId_hyperlink_34" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_35"/>
     <hyperlink ref="D30" r:id="rId_hyperlink_36" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_37"/>
     <hyperlink ref="D31" r:id="rId_hyperlink_38" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_39"/>
     <hyperlink ref="D32" r:id="rId_hyperlink_40" tooltip="Перейти на страницу товара"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
-    <oddFooter>&amp;L&amp;BПрайс-лист сформирован 18.11.2025&amp;RСтраница &amp;P из .&amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;BПрайс-лист сформирован 02.01.2026&amp;RСтраница &amp;P из .&amp;N</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>