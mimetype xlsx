--- v2 (2026-01-02)
+++ v3 (2026-02-21)
@@ -32,51 +32,51 @@
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>ООО «Михневская керамика»</t>
   </si>
   <si>
     <t>142840, Российская Федерация, , г. Москва, Московская обл. г. Ступино раб. пос. Михнево ул.Донбасская 95</t>
   </si>
   <si>
     <t>ooomik.ru</t>
   </si>
   <si>
     <t>info@ooomik.ru</t>
   </si>
   <si>
     <t>тел.: +7 (495) 545-58-38</t>
   </si>
   <si>
-    <t>Прайс-лист сформирован 02.01.2026</t>
+    <t>Прайс-лист сформирован 22.02.2026</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена за 1 шт.</t>
   </si>
   <si>
     <t>Камень керамический щелевой</t>
   </si>
   <si>
     <t>Камень керамический щелевой двойной рифлёный М100</t>
   </si>
   <si>
     <t>Камень керамический щелевой двойной рифлёный М125</t>
   </si>
@@ -1337,51 +1337,51 @@
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="52.5">
       <c r="A14" s="2">
         <v>4</v>
       </c>
       <c r="B14" s="4"/>
       <c r="C14" s="2"/>
       <c r="D14" s="7" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="8">
         <v>19</v>
       </c>
       <c r="F14" s="2"/>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="52.5">
       <c r="A15" s="2">
         <v>5</v>
       </c>
       <c r="B15" s="4"/>
       <c r="C15" s="2"/>
       <c r="D15" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E15" s="8">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F15" s="2"/>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="20">
       <c r="A16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="52.5">
       <c r="A17" s="2">
         <v>6</v>
       </c>
       <c r="B17" s="4"/>
       <c r="C17" s="2"/>
       <c r="D17" s="7" t="s">
         <v>19</v>
       </c>
       <c r="E17" s="8">
         <v>20.5</v>
       </c>
@@ -1639,51 +1639,51 @@
     <hyperlink ref="D22" r:id="rId_hyperlink_22" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_23"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_24" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_25"/>
     <hyperlink ref="D24" r:id="rId_hyperlink_26" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_27"/>
     <hyperlink ref="D25" r:id="rId_hyperlink_28" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_29"/>
     <hyperlink ref="D27" r:id="rId_hyperlink_30" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_31"/>
     <hyperlink ref="D28" r:id="rId_hyperlink_32" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_33"/>
     <hyperlink ref="D29" r:id="rId_hyperlink_34" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_35"/>
     <hyperlink ref="D30" r:id="rId_hyperlink_36" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_37"/>
     <hyperlink ref="D31" r:id="rId_hyperlink_38" tooltip="Перейти на страницу товара"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_39"/>
     <hyperlink ref="D32" r:id="rId_hyperlink_40" tooltip="Перейти на страницу товара"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
-    <oddFooter>&amp;L&amp;BПрайс-лист сформирован 02.01.2026&amp;RСтраница &amp;P из .&amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;BПрайс-лист сформирован 22.02.2026&amp;RСтраница &amp;P из .&amp;N</oddFooter>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>